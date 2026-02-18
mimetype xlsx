--- v0 (2025-10-27)
+++ v1 (2026-02-18)
@@ -144,51 +144,51 @@
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Comissão nº 13 de 2025</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>Rejeita o Veto Total aposto ao Projeto de Lei Complementar nº 2/2025, de autoria da Mesa Diretora, objeto Autógrafo nº 2.328, de 16 de julho de 2025.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 42 de 2025</t>
   </si>
   <si>
     <t>MILTON SOARES,BEITO MACHADINHO,DR. ANDREI,ELIAS BARRIGA,JOAQUIM EQUIP,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Moção de Aplausos à Sra. Ângela Maria Saboia Gonçalves da Silva, em reconhecimento aos relevantes serviços prestados à frente da Direção do Hospital Municipal no período de 01 de janeiro de 2025 a 18 de agosto de 2025, demonstrando competência, dedicação e compromisso com a saúde e o bem-estar da população.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 43 de 2025</t>
   </si>
   <si>
-    <t>GRINGO,BAIOTO,DRICKA LIMA</t>
+    <t>GRINGO,BAIOTO,DRIKA LIMA</t>
   </si>
   <si>
     <t>Moção de Aplausos aos alunos do projeto de Xadrez da Secretaria de Esportes de Campo Novo do Parecis que se destacaram brilhantemente no Campeonato Mato-Grossense de Xadrez - Categoria Menores.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 44 de 2025</t>
   </si>
   <si>
     <t>JOAQUIM EQUIP,BEITO MACHADINHO,DR. ANDREI,ELIAS BARRIGA,MILTON SOARES,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Moção de Aplausos aos Servidores Públicos Municipais integrantes da chapa vencedora nas eleições sindicais do triênio 2025/2028.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 45 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos às equipes Sub-14 e Sub-17 Masculinas de Basquete da Secretaria Municipal de Esportes de Campo Novo do Parecis pela brilhante participação na 4ª Copa Tangará De Basquete, realizada entre os dias 15 e 17 de agosto de 2025, no município de Tangará da Serra – MT.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 46 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Dr. Roberto César Gomes Vieira, pelo relevante trabalho desenvolvido como advogado do Sindicato dos Servidores Públicos Municipais de Campo Novo do Parecis, bem como por sua notável trajetória profissional e contribuição à comunidade.</t>
   </si>