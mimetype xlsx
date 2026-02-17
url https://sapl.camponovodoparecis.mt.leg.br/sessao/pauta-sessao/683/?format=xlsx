--- v0 (2025-10-27)
+++ v1 (2026-02-17)
@@ -84,81 +84,81 @@
   <si>
     <t>Abertura de crédito adicional suplementar no valor R$ 3.220.000,00.</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Vereador nº 32 de 2025</t>
   </si>
   <si>
     <t>MILTON SOARES</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário Camponovense ao Senhor Orlando Pereira Luz, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 156 de 2025</t>
   </si>
   <si>
-    <t>GRINGO,BAIOTO,DRICKA LIMA</t>
+    <t>GRINGO,BAIOTO,DRIKA LIMA</t>
   </si>
   <si>
     <t>Indicamos ao Poder Executivo Municipal a realização de estudo de viabilidade para a contratação de dois técnicos de ar-condicionado, com a finalidade de formar equipe própria para atender às demandas de manutenção e reparos dos aparelhos de climatização dos órgãos públicos da Prefeitura Municipal de Campo Novo do Parecis.</t>
   </si>
   <si>
     <t>Proposição inclusa no Pequeno Expediente</t>
   </si>
   <si>
     <t>Indicação nº 157 de 2025</t>
   </si>
   <si>
     <t>ELIAS BARRIGA,BEITO MACHADINHO,DR. ANDREI,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Indicamos ao Poder Executivo a adoção de providências necessárias para construção de cobertura destinada ao estacionamento de veículos da frota da Secretaria de Saúde, bem como a edificação de área de descanso/espera aos motoristas e equipe técnica da saúde, no terreno localizado ao lado da Câmara Municipal, nos fundos do prédio do SAMU, do Laboratório e Farmácia Municipal.</t>
   </si>
   <si>
     <t>Indicação nº 158 de 2025</t>
   </si>
   <si>
     <t>MILTON SOARES,BEITO MACHADINHO,DR. ANDREI,ELIAS BARRIGA,JOAQUIM EQUIP,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Indicamos ao Poder Executivo Municipal a necessidade de realizar a poda de árvores nos bairros Nossa Senhora Aparecida e Jardim Alvorada, bem como a limpeza das calçadas da rua Bahia, visando garantir a segurança do trânsito, melhor mobilidade urbana e bem-estar da população.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 47 de 2025</t>
   </si>
   <si>
-    <t>BAIOTO,BEITO MACHADINHO,DR. ANDREI,DRICKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
+    <t>BAIOTO,BEITO MACHADINHO,DR. ANDREI,DRIKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Moção de Aplausos à Senhora Thais Souza Gerotti em reconhecimento e agradecimento ao tempo que esteve à frente da APAE – Campo Novo do Parecis.</t>
   </si>
   <si>
     <t>Proposição inclusa no Grande Expediente</t>
   </si>
   <si>
     <t>Moção Aplauso nº 48 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos à Equipe Legobots da Escola Estadual Padre Arlindo Ignácio de Oliveira, de Campo Novo do Parecis – MT, pela conquista do primeiro lugar na etapa estadual da Olimpíada Brasileira de Robótica (modalidade prática), representando o Estado de Mato Grosso na etapa nacional.</t>
   </si>
   <si>
     <t>Requerimento nº 49 de 2025</t>
   </si>
   <si>
     <t>DR. ANDREI,BEITO MACHADINHO,ELIAS BARRIGA,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Requeremos informações à Prefeitura Municipal acerca das condições de segurança, conservação e eventual cronograma de manutenção da ponte de madeira existente em estrada vicinal.</t>
   </si>
   <si>
     <t>Requerimento nº 50 de 2025</t>
   </si>
@@ -495,51 +495,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="48.5703125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="114.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">