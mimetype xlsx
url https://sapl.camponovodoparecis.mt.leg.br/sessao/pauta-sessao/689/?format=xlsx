--- v0 (2025-10-26)
+++ v1 (2026-02-19)
@@ -10,218 +10,239 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="64">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 42 de 2025</t>
   </si>
   <si>
     <t>BAIOTO</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça localizada no Bairro Jardim Milão e dá outras providências</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
+    <t>Moção Pesar nº 4 de 2025</t>
+  </si>
+  <si>
+    <t>GRINGO,BAIOTO,BEITO MACHADINHO,DR. ANDREI,DRIKA LIMA,ELIAS BARRIGA,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do senhor FÁBIO DE LARA, ocorrido no dia 04 de outubro de 2025, em Campo Novo do Parecis – MT.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa na Ordem do Dia</t>
+  </si>
+  <si>
     <t>Moção Aplauso nº 54 de 2025</t>
   </si>
   <si>
-    <t>GRINGO,BAIOTO,BEITO MACHADINHO,DR. ANDREI,DRICKA LIMA,ELIAS BARRIGA,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
-[...1 lines deleted...]
-  <si>
     <t>Moção de Aplausos à Polícia Civil de Campo Novo do Parecis, em reconhecimento aos relevantes serviços prestados com dedicação, profissionalismo e compromisso com a segurança pública do município.</t>
   </si>
   <si>
+    <t>Análise Preliminar</t>
+  </si>
+  <si>
     <t>Moção Aplauso nº 55 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplausos aos integrantes da 16ª Companhia de Polícia Militar Independente (16ª CIPM) e do Corpo de Bombeiros Militar de Campo Novo do Parecis, pelos atos de bravura, pronta resposta e humanidade no resgate de dois moradores durante incêndio residencial na Rua Paraíba, no centro da cidade.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 56 de 2025</t>
   </si>
   <si>
-    <t>BAIOTO,DRICKA LIMA,GRINGO</t>
+    <t>BAIOTO,DRIKA LIMA,GRINGO</t>
   </si>
   <si>
     <t>Moção de Aplauso à Vilson Borchardt pelos relevantes serviços prestados ao município, pela exemplar trajetória de vida e pela dedicação à família e à comunidade.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 57 de 2025</t>
   </si>
   <si>
     <t>Moção de Aplauso à Diego Henrique Borchardt por sua história de vida, sua atuação como servidor público e sua dedicação à sociedade de Campo Novo do Parecis.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 58 de 2025</t>
   </si>
   <si>
     <t>MILTON SOARES,BEITO MACHADINHO,DR. ANDREI,ELIAS BARRIGA,JOAQUIM EQUIP,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Márcio Clei Ferreira do Nascimento, Secretário Municipal de Desenvolvimento Econômico, e à toda sua equipe composta por chefias, motoristas e auxiliares de manutenção, em reconhecimento aos relevantes serviços prestados ao município e à comunidade.</t>
   </si>
   <si>
     <t>Moção Aplauso nº 59 de 2025</t>
   </si>
   <si>
-    <t>MILTON SOARES,BEITO MACHADINHO,DR. ANDREI,DRICKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,WILLIAN FREITAS</t>
+    <t>MILTON SOARES,BEITO MACHADINHO,DR. ANDREI,DRIKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Moção de Aplauso à Diretoria da Associação Abrace essa Causa, em reconhecimento ao relevante trabalho social, voluntário e solidário desenvolvido em benefício da comunidade de Campo Novo do Parecis, promovendo ações de acolhimento, apoio e transformação social.</t>
   </si>
   <si>
-    <t>Moção Pesar nº 4 de 2025</t>
-[...5 lines deleted...]
-    <t>Moção de Pesar pelo falecimento do senhor FÁBIO DE LARA, ocorrido no dia 04 de outubro de 2025, em Campo Novo do Parecis – MT.</t>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Indicação nº 169 de 2025</t>
+  </si>
+  <si>
+    <t>Indicamos ao Poder Executivo Municipal a implantação de redutores de velocidade (lombadas e/ou quebra-molas) na Avenida Maranhão, no cruzamento com a Avenida Ceará, no bairro Jardim das Palmeiras.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa no Pequeno Expediente</t>
+  </si>
+  <si>
+    <t>Indicação nº 170 de 2025</t>
+  </si>
+  <si>
+    <t>Indicamos ao Poder Executivo Municipal a necessidade de instalação e reparo da iluminação nas laterais do parquinho da Praça César Caldatto, no bairro Jardim Olenka.</t>
+  </si>
+  <si>
+    <t>Indicação nº 171 de 2025</t>
+  </si>
+  <si>
+    <t>Indicamos ao Poder Executivo Municipal a necessidade de construção de um redutor de velocidade (quebra-molas) na Avenida Minas Gerais, esquina com a Rua Pica-Pau, nas proximidades do comércio GL Distribuidora, no bairro Jardim das Palmeiras.</t>
+  </si>
+  <si>
+    <t>Indicação nº 172 de 2025</t>
+  </si>
+  <si>
+    <t>Indicamos ao Poder Executivo Municipal a necessidade de implantação e continuidade do estacionamento oblíquo na Avenida Minas Gerais, no trecho compreendido entre a Praça da Bíblia e as proximidades do Alto das Palmeiras, no bairro Jardim das Palmeiras.</t>
+  </si>
+  <si>
+    <t>Indicação nº 173 de 2025</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal a necessidade de construção de um banheiro público adequado na Praça da Cultura, situada no bairro Nossa Senhora Aparecida, atendendo às necessidades da população que frequenta o local.</t>
+  </si>
+  <si>
+    <t>Indicação nº 174 de 2025</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que, por meio do departamento da Agricultura Familiar, seja encaminhado pedido à Secretaria do Estado de Agricultura Familiar – SEAF, do Governo do Estado de Mato Grosso, para a disponibilização de uma patrulha mecanizada agrícola, destinada ao atendimento da localidade do Seis Lagoas e demais pequenos produtores rurais do município.</t>
+  </si>
+  <si>
+    <t>Indicação nº 175 de 2025</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que seja realizado estudo visando a revitalização e adequação do espaço público localizado no Condomínio Estrela da Manhã no bairro Jardim Primavera, transformando-o em uma praça pública adequada e funcional, destinada ao lazer e à convivência da comunidade local.</t>
+  </si>
+  <si>
+    <t>Projeto Indicativo nº 9 de 2025</t>
+  </si>
+  <si>
+    <t>BAIOTO,BEITO MACHADINHO,DR. ANDREI,DRIKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
+  </si>
+  <si>
+    <t>Regulamenta a “Jornada Delegada” e a “Jornada Voluntária” voltadas à Segurança Pública no âmbito do município de Campo Novo do Parecis, com fundamento em legislação estadual e princípios constitucionais, visando aprimorar a segurança pública local.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Executivo nº 64 de 2025</t>
+  </si>
+  <si>
+    <t>Edilson Antônio Piaia - Prefeito</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 2.423, de 2 de março de 2023, que dispõe sobre a criação e a denominação da Escola Municipal Jardim dos Ipês.</t>
   </si>
   <si>
     <t>Proposição inclusa no Grande Expediente</t>
   </si>
   <si>
-    <t>expediente</t>
-[...55 lines deleted...]
-  <si>
     <t>Projeto de Lei Executivo nº 66 de 2025</t>
   </si>
   <si>
-    <t>PROJETO DE LEI 66/2025 - Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$ 847.378,70, e dá  outras providências.</t>
+    <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$ 847.378,70, e dá  outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 44 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa “Conecta Parecis”, que dispõe sobre a implantação de rede de internet sem fio (wi-fi) gratuita em praças e espaços públicos do município de Campo Novo do Parecis/MT, e dá outras providências.</t>
   </si>
   <si>
+    <t>Projeto de Lei Legislativo nº 45 de 2025</t>
+  </si>
+  <si>
+    <t>WILLIAN FREITAS,BAIOTO,BEITO MACHADINHO,DR. ANDREI,DRIKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,MILTON SOARES</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o prazo preferencial para a realização de consultas e exames especializados classificados como prioridade alta no âmbito da rede pública municipal de saúde de Campo Novo do Parecis e dá outras providências.</t>
+  </si>
+  <si>
     <t>Requerimento nº 61 de 2025</t>
   </si>
   <si>
-    <t>BEITO MACHADINHO,DR. ANDREI,DRICKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
+    <t>BEITO MACHADINHO,DR. ANDREI,DRIKA LIMA,ELIAS BARRIGA,GRINGO,JOAQUIM EQUIP,MILTON SOARES,WILLIAN FREITAS</t>
   </si>
   <si>
     <t>Requeremos, ouvido o soberano Plenário, com fundamento no art.23, XIII, da Lei Orgânica Municipal, ao Chefe do Poder Executivo Municipal, para que, por intermédio do setor competente, encaminhe a esta Casa de Leis informações sobre as ações de acompanhamento, triagem e fornecimento de leite infantil e especial, no âmbito das políticas públicas de segurança alimentar do município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -516,502 +537,542 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F22"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="114.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>27769</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>27785</v>
+        <v>27838</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>27789</v>
+        <v>27838</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>27790</v>
+        <v>27785</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>27791</v>
+        <v>27789</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>27794</v>
+        <v>27790</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>27819</v>
+        <v>27791</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>27838</v>
+        <v>27794</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>27838</v>
+        <v>27819</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>27835</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>27850</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>27855</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>27856</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>27858</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>27859</v>
       </c>
       <c r="B16" t="s">
         <v>31</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E16" t="s">
         <v>44</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>27861</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>27862</v>
+        <v>27860</v>
       </c>
       <c r="B18" t="s">
         <v>31</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>27864</v>
+        <v>27862</v>
       </c>
       <c r="B19" t="s">
         <v>31</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F19" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>27864</v>
       </c>
       <c r="B20" t="s">
         <v>31</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>27849</v>
+        <v>27864</v>
       </c>
       <c r="B21" t="s">
         <v>31</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
+        <v>55</v>
+      </c>
+      <c r="F21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
+        <v>27849</v>
+      </c>
+      <c r="B22" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>27865</v>
+      </c>
+      <c r="B23" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" t="s">
+        <v>60</v>
+      </c>
+      <c r="F23" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
         <v>27857</v>
       </c>
-      <c r="B22" t="s">
-[...12 lines deleted...]
-        <v>30</v>
+      <c r="B24" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>62</v>
+      </c>
+      <c r="E24" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>